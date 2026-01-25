--- v0 (2025-12-03)
+++ v1 (2026-01-25)
@@ -12,224 +12,248 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Largest shareholders" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>% of top 20</t>
   </si>
   <si>
     <t>% of total</t>
   </si>
   <si>
     <t>Account Type</t>
   </si>
   <si>
     <t>ENI INTERNATIONAL BV</t>
   </si>
   <si>
-    <t>79.90 %</t>
+    <t>80.26 %</t>
   </si>
   <si>
     <t>63.04 %</t>
   </si>
   <si>
     <t>PRIV</t>
   </si>
   <si>
     <t>FOLKETRYGDFONDET</t>
   </si>
   <si>
-    <t>5.31 %</t>
-[...2 lines deleted...]
-    <t>4.19 %</t>
+    <t>4.85 %</t>
+  </si>
+  <si>
+    <t>3.81 %</t>
   </si>
   <si>
     <t>THE NORTHERN TRUST COMP, LONDON BR</t>
   </si>
   <si>
-    <t>1.62 %</t>
-[...2 lines deleted...]
-    <t>1.28 %</t>
+    <t>1.81 %</t>
+  </si>
+  <si>
+    <t>1.42 %</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
+    <t>CLEARSTREAM BANKING S.A.</t>
+  </si>
+  <si>
+    <t>1.23 %</t>
+  </si>
+  <si>
+    <t>0.96 %</t>
+  </si>
+  <si>
     <t>VERDIPAPIRFONDET ALFRED BERG GAMBA</t>
   </si>
   <si>
-    <t>1.17 %</t>
-[...5 lines deleted...]
-    <t>CLEARSTREAM BANKING S.A.</t>
+    <t>1.13 %</t>
+  </si>
+  <si>
+    <t>0.88 %</t>
   </si>
   <si>
     <t>BNP PARIBAS</t>
   </si>
   <si>
-    <t>1.01 %</t>
+    <t>1.02 %</t>
   </si>
   <si>
     <t>0.80 %</t>
   </si>
   <si>
     <t>CITIBANK, N.A.</t>
   </si>
   <si>
+    <t>0.98 %</t>
+  </si>
+  <si>
+    <t>0.77 %</t>
+  </si>
+  <si>
+    <t>GEVERAN TRADING COMPANY LTD</t>
+  </si>
+  <si>
     <t>0.90 %</t>
   </si>
   <si>
     <t>0.71 %</t>
   </si>
   <si>
-    <t>GEVERAN TRADING COMPANY LTD</t>
-[...4 lines deleted...]
-  <si>
     <t>JPMORGAN CHASE BANK, N.A., LONDON</t>
   </si>
   <si>
-    <t>0.70 %</t>
+    <t>0.83 %</t>
+  </si>
+  <si>
+    <t>0.65 %</t>
+  </si>
+  <si>
+    <t>AVANZA BANK AB MEGLERKONTO</t>
+  </si>
+  <si>
+    <t>0.81 %</t>
+  </si>
+  <si>
+    <t>0.64 %</t>
+  </si>
+  <si>
+    <t>MEG</t>
   </si>
   <si>
     <t>VPF DNB AM NORSKE AKSJER</t>
   </si>
   <si>
-    <t>AVANZA BANK AB MEGLERKONTO</t>
-[...8 lines deleted...]
-    <t>MEG</t>
+    <t>0.73 %</t>
+  </si>
+  <si>
+    <t>0.58 %</t>
   </si>
   <si>
     <t>DEUTSCHE BANK AKTIENGESELLSCHAFT</t>
   </si>
   <si>
-    <t>0.73 %</t>
-[...1 lines deleted...]
-  <si>
     <t>0.57 %</t>
   </si>
   <si>
+    <t>UBS SWITZERLAND AG</t>
+  </si>
+  <si>
+    <t>0.69 %</t>
+  </si>
+  <si>
+    <t>0.54 %</t>
+  </si>
+  <si>
+    <t>THE BANK OF NEW YORK MELLON</t>
+  </si>
+  <si>
+    <t>0.62 %</t>
+  </si>
+  <si>
+    <t>0.49 %</t>
+  </si>
+  <si>
+    <t>SIX SIS AG</t>
+  </si>
+  <si>
+    <t>0.61 %</t>
+  </si>
+  <si>
+    <t>0.48 %</t>
+  </si>
+  <si>
+    <t>VERDIPAPIRFONDET KLP AKSJENORGE IN</t>
+  </si>
+  <si>
+    <t>0.45 %</t>
+  </si>
+  <si>
+    <t>STATE STREET BANK AND TRUST COMP</t>
+  </si>
+  <si>
+    <t>NORDNET BANK AB</t>
+  </si>
+  <si>
+    <t>0.56 %</t>
+  </si>
+  <si>
+    <t>0.44 %</t>
+  </si>
+  <si>
+    <t>0.55 %</t>
+  </si>
+  <si>
+    <t>0.43 %</t>
+  </si>
+  <si>
     <t>MORGAN STANLEY &amp; CO. LLC</t>
   </si>
   <si>
-    <t>0.69 %</t>
-[...44 lines deleted...]
-    <t>0.41 %</t>
+    <t>0.53 %</t>
+  </si>
+  <si>
+    <t>0.42 %</t>
   </si>
   <si>
     <t>Total number owned by top 20</t>
   </si>
   <si>
-    <t>78.90 %</t>
+    <t>78.54 %</t>
   </si>
   <si>
     <t>Total number of shares</t>
   </si>
   <si>
     <t>100.00 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -646,467 +670,467 @@
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
         <v>1573713749.0</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
-        <v>104636127.0</v>
+        <v>95068857.0</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4">
-        <v>31902706.0</v>
+        <v>35532270.0</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5">
-        <v>23082187.0</v>
+        <v>24031288.0</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6">
-        <v>23026288.0</v>
+        <v>22082187.0</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C7">
         <v>19924615.0</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C8">
-        <v>17648665.0</v>
+        <v>19185261.0</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C9">
         <v>17623590.0</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C10">
-        <v>17443900.0</v>
+        <v>16197798.0</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C11">
-        <v>17439568.0</v>
+        <v>15906247.0</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C12">
-        <v>15651979.0</v>
+        <v>14409994.0</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C13">
         <v>14300000.0</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C14">
-        <v>13608107.0</v>
+        <v>13586387.0</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C15">
-        <v>12800121.0</v>
+        <v>12192998.0</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C16">
-        <v>12398786.0</v>
+        <v>11980733.0</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C17">
-        <v>11613536.0</v>
+        <v>11309461.0</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C18">
-        <v>11172781.0</v>
+        <v>11282689.0</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="C19">
-        <v>10853703.0</v>
+        <v>11070334.0</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="C20">
-        <v>10624176.0</v>
+        <v>10853703.0</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C21">
-        <v>10133741.0</v>
+        <v>10482129.0</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="F21" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="2"/>
       <c r="B22" s="2" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="C22" s="2">
-        <v>1969598325.0</v>
+        <v>1960734290.0</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="U22" s="2"/>
       <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="2"/>
       <c r="Y22" s="2"/>
       <c r="Z22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1">
         <v>2496406246.0</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>