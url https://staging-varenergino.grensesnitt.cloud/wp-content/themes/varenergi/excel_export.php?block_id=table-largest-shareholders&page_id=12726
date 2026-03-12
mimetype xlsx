--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -12,248 +12,227 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Largest shareholders" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>% of top 20</t>
   </si>
   <si>
     <t>% of total</t>
   </si>
   <si>
     <t>Account Type</t>
   </si>
   <si>
     <t>ENI INTERNATIONAL BV</t>
   </si>
   <si>
-    <t>80.26 %</t>
+    <t>79.92 %</t>
   </si>
   <si>
     <t>63.04 %</t>
   </si>
   <si>
     <t>PRIV</t>
   </si>
   <si>
     <t>FOLKETRYGDFONDET</t>
   </si>
   <si>
-    <t>4.85 %</t>
-[...2 lines deleted...]
-    <t>3.81 %</t>
+    <t>4.10 %</t>
+  </si>
+  <si>
+    <t>3.23 %</t>
   </si>
   <si>
     <t>THE NORTHERN TRUST COMP, LONDON BR</t>
   </si>
   <si>
-    <t>1.81 %</t>
-[...2 lines deleted...]
-    <t>1.42 %</t>
+    <t>2.26 %</t>
+  </si>
+  <si>
+    <t>1.78 %</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>CLEARSTREAM BANKING S.A.</t>
   </si>
   <si>
-    <t>1.23 %</t>
-[...2 lines deleted...]
-    <t>0.96 %</t>
+    <t>2.22 %</t>
+  </si>
+  <si>
+    <t>1.75 %</t>
   </si>
   <si>
     <t>VERDIPAPIRFONDET ALFRED BERG GAMBA</t>
   </si>
   <si>
-    <t>1.13 %</t>
-[...2 lines deleted...]
-    <t>0.88 %</t>
+    <t>1.17 %</t>
+  </si>
+  <si>
+    <t>0.92 %</t>
   </si>
   <si>
     <t>BNP PARIBAS</t>
   </si>
   <si>
-    <t>1.02 %</t>
-[...2 lines deleted...]
-    <t>0.80 %</t>
+    <t>1.08 %</t>
+  </si>
+  <si>
+    <t>0.85 %</t>
+  </si>
+  <si>
+    <t>AVANZA BANK AB MEGLERKONTO</t>
+  </si>
+  <si>
+    <t>0.97 %</t>
+  </si>
+  <si>
+    <t>0.77 %</t>
+  </si>
+  <si>
+    <t>MEG</t>
   </si>
   <si>
     <t>CITIBANK, N.A.</t>
   </si>
   <si>
-    <t>0.98 %</t>
-[...11 lines deleted...]
-    <t>0.71 %</t>
+    <t>0.86 %</t>
+  </si>
+  <si>
+    <t>0.68 %</t>
   </si>
   <si>
     <t>JPMORGAN CHASE BANK, N.A., LONDON</t>
   </si>
   <si>
-    <t>0.83 %</t>
-[...14 lines deleted...]
-    <t>MEG</t>
+    <t>0.67 %</t>
+  </si>
+  <si>
+    <t>EUROCLEAR BANK S.A./N.V.</t>
+  </si>
+  <si>
+    <t>0.75 %</t>
+  </si>
+  <si>
+    <t>0.59 %</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AKTIENGESELLSCHAFT</t>
+  </si>
+  <si>
+    <t>0.73 %</t>
+  </si>
+  <si>
+    <t>0.57 %</t>
+  </si>
+  <si>
+    <t>STATE STREET BANK AND TRUST COMP</t>
+  </si>
+  <si>
+    <t>0.66 %</t>
+  </si>
+  <si>
+    <t>0.52 %</t>
+  </si>
+  <si>
+    <t>UBS SWITZERLAND AG</t>
+  </si>
+  <si>
+    <t>0.63 %</t>
+  </si>
+  <si>
+    <t>0.50 %</t>
+  </si>
+  <si>
+    <t>SIX SIS AG</t>
+  </si>
+  <si>
+    <t>0.55 %</t>
+  </si>
+  <si>
+    <t>0.43 %</t>
+  </si>
+  <si>
+    <t>NORDNET BANK AB</t>
+  </si>
+  <si>
+    <t>INTERACTIVE BROKERS LLC</t>
+  </si>
+  <si>
+    <t>0.54 %</t>
+  </si>
+  <si>
+    <t>0.42 %</t>
   </si>
   <si>
     <t>VPF DNB AM NORSKE AKSJER</t>
   </si>
   <si>
-    <t>0.73 %</t>
-[...35 lines deleted...]
-    <t>0.48 %</t>
+    <t>0.39 %</t>
   </si>
   <si>
     <t>VERDIPAPIRFONDET KLP AKSJENORGE IN</t>
   </si>
   <si>
-    <t>0.45 %</t>
-[...28 lines deleted...]
-  <si>
     <t>Total number owned by top 20</t>
   </si>
   <si>
-    <t>78.54 %</t>
+    <t>78.87 %</t>
   </si>
   <si>
     <t>Total number of shares</t>
   </si>
   <si>
     <t>100.00 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -670,467 +649,467 @@
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
         <v>1573713749.0</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
-        <v>95068857.0</v>
+        <v>80712000.0</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4">
-        <v>35532270.0</v>
+        <v>44486462.0</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5">
-        <v>24031288.0</v>
+        <v>43709207.0</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6">
-        <v>22082187.0</v>
+        <v>23082187.0</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7">
-        <v>19924615.0</v>
+        <v>21288963.0</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8">
-        <v>19185261.0</v>
+        <v>19131788.0</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9">
-        <v>17623590.0</v>
+        <v>17007627.0</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10">
-        <v>16197798.0</v>
+        <v>16663249.0</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11">
-        <v>15906247.0</v>
+        <v>14687142.0</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12">
+        <v>14300000.0</v>
+      </c>
+      <c r="D12" t="s">
         <v>39</v>
       </c>
-      <c r="C12">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>40</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13">
+        <v>12933762.0</v>
+      </c>
+      <c r="D13" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14">
-        <v>13586387.0</v>
+        <v>12493379.0</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15">
-        <v>12192998.0</v>
+        <v>12416025.0</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="C16">
-        <v>11980733.0</v>
+        <v>10853703.0</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C17">
-        <v>11309461.0</v>
+        <v>10839056.0</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F17" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C18">
-        <v>11282689.0</v>
+        <v>10615314.0</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>11070334.0</v>
+        <v>10539897.0</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="C20">
-        <v>10853703.0</v>
+        <v>9808252.0</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C21">
-        <v>10482129.0</v>
+        <v>9751857.0</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="F21" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="2"/>
       <c r="B22" s="2" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C22" s="2">
-        <v>1960734290.0</v>
+        <v>1969033619.0</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="U22" s="2"/>
       <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="2"/>
       <c r="Y22" s="2"/>
       <c r="Z22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="C23" s="1">
         <v>2496406246.0</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>