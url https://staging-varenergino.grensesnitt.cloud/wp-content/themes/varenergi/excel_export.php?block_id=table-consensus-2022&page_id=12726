--- v0 (2025-12-03)
+++ v1 (2026-03-12)
@@ -465,53 +465,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A19" sqref="A19:Z19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
@@ -639,176 +639,176 @@
     <row r="10" spans="1:26">
       <c r="A10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11">
         <v>113.3</v>
       </c>
       <c r="C11">
         <v>122.0</v>
       </c>
       <c r="D11">
-        <v>122.4</v>
+        <v>122.40000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12">
-        <v>84.6</v>
+        <v>84.59999999999999</v>
       </c>
       <c r="C12">
         <v>78.8</v>
       </c>
       <c r="D12">
         <v>78.3</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13">
         <v>11.9</v>
       </c>
       <c r="C13">
         <v>13.7</v>
       </c>
       <c r="D13">
         <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2">
-        <v>209.8</v>
+        <v>209.80000000000001</v>
       </c>
       <c r="C14" s="2">
         <v>214.5</v>
       </c>
       <c r="D14" s="2">
-        <v>214.3</v>
+        <v>214.30000000000001</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16">
         <v>116.0</v>
       </c>
       <c r="C16">
         <v>107.8</v>
       </c>
       <c r="D16">
-        <v>86.6</v>
+        <v>86.59999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17">
-        <v>151.3</v>
+        <v>151.30000000000001</v>
       </c>
       <c r="C17">
-        <v>203.9</v>
+        <v>203.90000000000001</v>
       </c>
       <c r="D17">
-        <v>181.6</v>
+        <v>181.59999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18">
-        <v>70.9</v>
+        <v>70.90000000000001</v>
       </c>
       <c r="C18">
         <v>61.8</v>
       </c>
       <c r="D18">
         <v>54.7</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="2">
-        <v>124.1</v>
+        <v>124.099999999999994</v>
       </c>
       <c r="C19" s="2">
         <v>139.0</v>
       </c>
       <c r="D19" s="2">
-        <v>115.1</v>
+        <v>115.099999999999994</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
     </row>
   </sheetData>